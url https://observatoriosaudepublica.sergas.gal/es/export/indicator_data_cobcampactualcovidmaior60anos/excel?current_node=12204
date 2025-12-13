--- v1 (2025-11-30)
+++ v2 (2025-12-13)
@@ -68,201 +68,201 @@
   <si>
     <t>Área sanitaria</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>A Coruña e Cee</t>
   </si>
   <si>
     <t>Homes</t>
   </si>
   <si>
     <t>COVID</t>
   </si>
   <si>
     <t>70 ou máis anos</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>70 ou máis</t>
   </si>
   <si>
-    <t>71,36</t>
+    <t>72,88</t>
   </si>
   <si>
     <t>Mulleres</t>
   </si>
   <si>
-    <t>63,47</t>
+    <t>64,98</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>66,71</t>
+    <t>68,22</t>
   </si>
   <si>
     <t>FE</t>
   </si>
   <si>
     <t>Ferrol</t>
   </si>
   <si>
-    <t>67,89</t>
-[...5 lines deleted...]
-    <t>64,02</t>
+    <t>69,57</t>
+  </si>
+  <si>
+    <t>63,23</t>
+  </si>
+  <si>
+    <t>65,83</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lugo, A Mariña e Monforte de Lemos</t>
   </si>
   <si>
-    <t>54,7</t>
-[...5 lines deleted...]
-    <t>51,73</t>
+    <t>55,84</t>
+  </si>
+  <si>
+    <t>50,52</t>
+  </si>
+  <si>
+    <t>52,8</t>
   </si>
   <si>
     <t>OU</t>
   </si>
   <si>
     <t>Ourense, Verín e O Barco de Valdeorras</t>
   </si>
   <si>
-    <t>59,2</t>
-[...5 lines deleted...]
-    <t>56,21</t>
+    <t>60,98</t>
+  </si>
+  <si>
+    <t>55,45</t>
+  </si>
+  <si>
+    <t>57,79</t>
   </si>
   <si>
     <t>PO</t>
   </si>
   <si>
     <t>Pontevedra e O Salnés</t>
   </si>
   <si>
-    <t>58,2</t>
-[...5 lines deleted...]
-    <t>53,4</t>
+    <t>59,22</t>
+  </si>
+  <si>
+    <t>51,09</t>
+  </si>
+  <si>
+    <t>54,47</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Santiago de Compostela e Barbanza</t>
   </si>
   <si>
-    <t>65,96</t>
-[...5 lines deleted...]
-    <t>61,45</t>
+    <t>67,17</t>
+  </si>
+  <si>
+    <t>59,49</t>
+  </si>
+  <si>
+    <t>62,68</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>Vigo</t>
   </si>
   <si>
-    <t>50,02</t>
-[...5 lines deleted...]
-    <t>46,07</t>
+    <t>54,97</t>
+  </si>
+  <si>
+    <t>46,86</t>
+  </si>
+  <si>
+    <t>50,2</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>A Coruña</t>
   </si>
   <si>
-    <t>69,54</t>
-[...5 lines deleted...]
-    <t>64,95</t>
+    <t>70,99</t>
+  </si>
+  <si>
+    <t>63,24</t>
+  </si>
+  <si>
+    <t>66,43</t>
   </si>
   <si>
     <t>Lugo</t>
   </si>
   <si>
     <t>Ourense</t>
   </si>
   <si>
     <t>Pontevedra</t>
   </si>
   <si>
-    <t>53,33</t>
-[...5 lines deleted...]
-    <t>49,2</t>
+    <t>56,68</t>
+  </si>
+  <si>
+    <t>48,86</t>
+  </si>
+  <si>
+    <t>52,09</t>
   </si>
   <si>
     <t>Comunidade</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
-    <t>60,89</t>
-[...5 lines deleted...]
-    <t>56,94</t>
+    <t>62,93</t>
+  </si>
+  <si>
+    <t>55,89</t>
+  </si>
+  <si>
+    <t>58,82</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>