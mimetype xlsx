--- v2 (2025-12-13)
+++ v3 (2026-03-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Exportación de datos" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
     <t>Código espazo</t>
   </si>
   <si>
     <t>Espazo</t>
   </si>
   <si>
     <t>Sexo</t>
   </si>
   <si>
     <t>Enfermidade (Antígeno)</t>
   </si>
   <si>
     <t>Grupo poblacional</t>
   </si>
   <si>
     <t>Campaña</t>
   </si>
   <si>
@@ -68,201 +68,168 @@
   <si>
     <t>Área sanitaria</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>A Coruña e Cee</t>
   </si>
   <si>
     <t>Homes</t>
   </si>
   <si>
     <t>COVID</t>
   </si>
   <si>
     <t>70 ou máis anos</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>70 ou máis</t>
   </si>
   <si>
-    <t>72,88</t>
+    <t>72,9</t>
   </si>
   <si>
     <t>Mulleres</t>
   </si>
   <si>
-    <t>64,98</t>
+    <t>65,27</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>68,22</t>
+    <t>68,4</t>
   </si>
   <si>
     <t>FE</t>
   </si>
   <si>
     <t>Ferrol</t>
   </si>
   <si>
-    <t>69,57</t>
-[...5 lines deleted...]
-    <t>65,83</t>
+    <t>70,81</t>
+  </si>
+  <si>
+    <t>64,66</t>
+  </si>
+  <si>
+    <t>67,19</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lugo, A Mariña e Monforte de Lemos</t>
   </si>
   <si>
-    <t>55,84</t>
-[...5 lines deleted...]
-    <t>52,8</t>
+    <t>56,34</t>
+  </si>
+  <si>
+    <t>51,35</t>
+  </si>
+  <si>
+    <t>53,5</t>
   </si>
   <si>
     <t>OU</t>
   </si>
   <si>
     <t>Ourense, Verín e O Barco de Valdeorras</t>
   </si>
   <si>
-    <t>60,98</t>
-[...5 lines deleted...]
-    <t>57,79</t>
+    <t>61,14</t>
+  </si>
+  <si>
+    <t>55,99</t>
+  </si>
+  <si>
+    <t>58,17</t>
   </si>
   <si>
     <t>PO</t>
   </si>
   <si>
     <t>Pontevedra e O Salnés</t>
   </si>
   <si>
-    <t>59,22</t>
-[...5 lines deleted...]
-    <t>54,47</t>
+    <t>59,11</t>
+  </si>
+  <si>
+    <t>51,28</t>
+  </si>
+  <si>
+    <t>54,54</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Santiago de Compostela e Barbanza</t>
   </si>
   <si>
-    <t>67,17</t>
-[...5 lines deleted...]
-    <t>62,68</t>
+    <t>67,83</t>
+  </si>
+  <si>
+    <t>60,25</t>
+  </si>
+  <si>
+    <t>63,41</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>Vigo</t>
   </si>
   <si>
-    <t>54,97</t>
-[...38 lines deleted...]
-    <t>52,09</t>
+    <t>55,56</t>
+  </si>
+  <si>
+    <t>47,45</t>
+  </si>
+  <si>
+    <t>50,8</t>
   </si>
   <si>
     <t>Comunidade</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
-    <t>62,93</t>
-[...5 lines deleted...]
-    <t>58,82</t>
+    <t>63,32</t>
+  </si>
+  <si>
+    <t>56,5</t>
+  </si>
+  <si>
+    <t>59,35</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -569,54 +536,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J37"/>
+  <dimension ref="A1:J25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:J37"/>
+      <selection activeCell="A1" sqref="A1:J25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -1301,520 +1268,136 @@
       </c>
       <c r="F22" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J22" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1">
         <v>2025</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="1">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>54</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H23" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J23" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1">
         <v>2025</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="1">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>54</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>19</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J24" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1">
         <v>2025</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>53</v>
       </c>
       <c r="C25" s="1">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>54</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H25" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J25" s="1" t="s">
         <v>57</v>
-      </c>
-[...382 lines deleted...]
-        <v>68</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>