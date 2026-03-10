--- v2 (2026-01-18)
+++ v3 (2026-03-10)
@@ -68,297 +68,297 @@
   <si>
     <t>Área sanitaria</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>A Coruña e Cee</t>
   </si>
   <si>
     <t>Homes</t>
   </si>
   <si>
     <t>COVID</t>
   </si>
   <si>
     <t>70-79 anos</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>70-79</t>
   </si>
   <si>
-    <t>68,41</t>
+    <t>68,27</t>
   </si>
   <si>
     <t>80 ou máis anos</t>
   </si>
   <si>
     <t>80 ou máis</t>
   </si>
   <si>
-    <t>82,23</t>
+    <t>79,92</t>
   </si>
   <si>
     <t>Mulleres</t>
   </si>
   <si>
-    <t>58,63</t>
-[...2 lines deleted...]
-    <t>74,51</t>
+    <t>58,58</t>
+  </si>
+  <si>
+    <t>72,81</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>62,95</t>
-[...2 lines deleted...]
-    <t>77,36</t>
+    <t>62,86</t>
+  </si>
+  <si>
+    <t>75,45</t>
   </si>
   <si>
     <t>FE</t>
   </si>
   <si>
     <t>Ferrol</t>
   </si>
   <si>
-    <t>67,65</t>
-[...14 lines deleted...]
-    <t>73,65</t>
+    <t>67,5</t>
+  </si>
+  <si>
+    <t>75,89</t>
+  </si>
+  <si>
+    <t>58,51</t>
+  </si>
+  <si>
+    <t>71,5</t>
+  </si>
+  <si>
+    <t>62,51</t>
+  </si>
+  <si>
+    <t>73,11</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lugo, A Mariña e Monforte de Lemos</t>
   </si>
   <si>
-    <t>50,5</t>
-[...14 lines deleted...]
-    <t>61,12</t>
+    <t>50,08</t>
+  </si>
+  <si>
+    <t>64,37</t>
+  </si>
+  <si>
+    <t>42,23</t>
+  </si>
+  <si>
+    <t>59,51</t>
+  </si>
+  <si>
+    <t>45,96</t>
+  </si>
+  <si>
+    <t>61,39</t>
   </si>
   <si>
     <t>OU</t>
   </si>
   <si>
     <t>Ourense, Verín e O Barco de Valdeorras</t>
   </si>
   <si>
-    <t>53,74</t>
-[...14 lines deleted...]
-    <t>68,34</t>
+    <t>53,59</t>
+  </si>
+  <si>
+    <t>70,91</t>
+  </si>
+  <si>
+    <t>45,19</t>
+  </si>
+  <si>
+    <t>65,88</t>
+  </si>
+  <si>
+    <t>49,1</t>
+  </si>
+  <si>
+    <t>67,79</t>
   </si>
   <si>
     <t>PO</t>
   </si>
   <si>
     <t>Pontevedra e O Salnés</t>
   </si>
   <si>
-    <t>53,98</t>
-[...14 lines deleted...]
-    <t>64,42</t>
+    <t>53,86</t>
+  </si>
+  <si>
+    <t>67,91</t>
+  </si>
+  <si>
+    <t>44,27</t>
+  </si>
+  <si>
+    <t>59,53</t>
+  </si>
+  <si>
+    <t>48,61</t>
+  </si>
+  <si>
+    <t>62,61</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Santiago de Compostela e Barbanza</t>
   </si>
   <si>
-    <t>63,42</t>
-[...14 lines deleted...]
-    <t>71,76</t>
+    <t>62,83</t>
+  </si>
+  <si>
+    <t>75,62</t>
+  </si>
+  <si>
+    <t>53,3</t>
+  </si>
+  <si>
+    <t>67,78</t>
+  </si>
+  <si>
+    <t>57,64</t>
+  </si>
+  <si>
+    <t>70,67</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>Vigo</t>
   </si>
   <si>
-    <t>49,85</t>
-[...14 lines deleted...]
-    <t>61,78</t>
+    <t>49,88</t>
+  </si>
+  <si>
+    <t>65,49</t>
+  </si>
+  <si>
+    <t>39,91</t>
+  </si>
+  <si>
+    <t>56,83</t>
+  </si>
+  <si>
+    <t>44,35</t>
+  </si>
+  <si>
+    <t>59,98</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>A Coruña</t>
   </si>
   <si>
-    <t>67,21</t>
-[...14 lines deleted...]
-    <t>75,36</t>
+    <t>66,89</t>
+  </si>
+  <si>
+    <t>78,35</t>
+  </si>
+  <si>
+    <t>57,27</t>
+  </si>
+  <si>
+    <t>71,26</t>
+  </si>
+  <si>
+    <t>61,57</t>
+  </si>
+  <si>
+    <t>73,88</t>
   </si>
   <si>
     <t>Lugo</t>
   </si>
   <si>
     <t>Ourense</t>
   </si>
   <si>
     <t>Pontevedra</t>
   </si>
   <si>
-    <t>51,55</t>
-[...14 lines deleted...]
-    <t>62,97</t>
+    <t>51,51</t>
+  </si>
+  <si>
+    <t>66,55</t>
+  </si>
+  <si>
+    <t>41,81</t>
+  </si>
+  <si>
+    <t>58,35</t>
+  </si>
+  <si>
+    <t>46,17</t>
+  </si>
+  <si>
+    <t>61,35</t>
   </si>
   <si>
     <t>Comunidade</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
-    <t>58,07</t>
-[...14 lines deleted...]
-    <t>68,45</t>
+    <t>57,86</t>
+  </si>
+  <si>
+    <t>71,57</t>
+  </si>
+  <si>
+    <t>48,76</t>
+  </si>
+  <si>
+    <t>64,84</t>
+  </si>
+  <si>
+    <t>52,88</t>
+  </si>
+  <si>
+    <t>67,35</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>