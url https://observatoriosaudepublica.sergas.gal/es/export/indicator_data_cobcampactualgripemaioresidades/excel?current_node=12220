--- v2 (2026-01-18)
+++ v3 (2026-03-10)
@@ -68,390 +68,390 @@
   <si>
     <t>Área sanitaria</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>A Coruña e Cee</t>
   </si>
   <si>
     <t>Homes</t>
   </si>
   <si>
     <t>Gripe</t>
   </si>
   <si>
     <t>60-69 anos</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>60-69</t>
   </si>
   <si>
-    <t>60,14</t>
+    <t>59,21</t>
   </si>
   <si>
     <t>70-79 anos</t>
   </si>
   <si>
     <t>70-79</t>
   </si>
   <si>
-    <t>78,21</t>
+    <t>78,03</t>
   </si>
   <si>
     <t>80 ou máis anos</t>
   </si>
   <si>
     <t>80 ou máis</t>
   </si>
   <si>
-    <t>90,41</t>
+    <t>87,86</t>
   </si>
   <si>
     <t>Mulleres</t>
   </si>
   <si>
-    <t>59,04</t>
-[...5 lines deleted...]
-    <t>83,67</t>
+    <t>57,76</t>
+  </si>
+  <si>
+    <t>72,71</t>
+  </si>
+  <si>
+    <t>81,75</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>59,55</t>
-[...5 lines deleted...]
-    <t>86,16</t>
+    <t>58,44</t>
+  </si>
+  <si>
+    <t>75,06</t>
+  </si>
+  <si>
+    <t>84,02</t>
   </si>
   <si>
     <t>FE</t>
   </si>
   <si>
     <t>Ferrol</t>
   </si>
   <si>
-    <t>57,6</t>
-[...23 lines deleted...]
-    <t>81,89</t>
+    <t>56,81</t>
+  </si>
+  <si>
+    <t>76,63</t>
+  </si>
+  <si>
+    <t>83,75</t>
+  </si>
+  <si>
+    <t>57,72</t>
+  </si>
+  <si>
+    <t>71,81</t>
+  </si>
+  <si>
+    <t>79,7</t>
+  </si>
+  <si>
+    <t>57,29</t>
+  </si>
+  <si>
+    <t>73,96</t>
+  </si>
+  <si>
+    <t>81,19</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lugo, A Mariña e Monforte de Lemos</t>
   </si>
   <si>
-    <t>52,37</t>
-[...23 lines deleted...]
-    <t>81,12</t>
+    <t>51,91</t>
+  </si>
+  <si>
+    <t>74,22</t>
+  </si>
+  <si>
+    <t>83,63</t>
+  </si>
+  <si>
+    <t>53,75</t>
+  </si>
+  <si>
+    <t>71,69</t>
+  </si>
+  <si>
+    <t>80,09</t>
+  </si>
+  <si>
+    <t>52,84</t>
+  </si>
+  <si>
+    <t>72,89</t>
+  </si>
+  <si>
+    <t>81,46</t>
   </si>
   <si>
     <t>OU</t>
   </si>
   <si>
     <t>Ourense, Verín e O Barco de Valdeorras</t>
   </si>
   <si>
-    <t>52,78</t>
-[...23 lines deleted...]
-    <t>84,25</t>
+    <t>52,62</t>
+  </si>
+  <si>
+    <t>74,3</t>
+  </si>
+  <si>
+    <t>86,2</t>
+  </si>
+  <si>
+    <t>51,9</t>
+  </si>
+  <si>
+    <t>70,92</t>
+  </si>
+  <si>
+    <t>81,95</t>
+  </si>
+  <si>
+    <t>52,25</t>
+  </si>
+  <si>
+    <t>72,49</t>
+  </si>
+  <si>
+    <t>83,57</t>
   </si>
   <si>
     <t>PO</t>
   </si>
   <si>
     <t>Pontevedra e O Salnés</t>
   </si>
   <si>
-    <t>52,19</t>
-[...23 lines deleted...]
-    <t>80,86</t>
+    <t>51,34</t>
+  </si>
+  <si>
+    <t>72,13</t>
+  </si>
+  <si>
+    <t>82,84</t>
+  </si>
+  <si>
+    <t>50,87</t>
+  </si>
+  <si>
+    <t>67,36</t>
+  </si>
+  <si>
+    <t>76,07</t>
+  </si>
+  <si>
+    <t>51,09</t>
+  </si>
+  <si>
+    <t>69,52</t>
+  </si>
+  <si>
+    <t>78,56</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Santiago de Compostela e Barbanza</t>
   </si>
   <si>
-    <t>59,58</t>
-[...23 lines deleted...]
-    <t>84,02</t>
+    <t>58,32</t>
+  </si>
+  <si>
+    <t>77,72</t>
+  </si>
+  <si>
+    <t>86,28</t>
+  </si>
+  <si>
+    <t>57,86</t>
+  </si>
+  <si>
+    <t>73,5</t>
+  </si>
+  <si>
+    <t>80,61</t>
+  </si>
+  <si>
+    <t>58,08</t>
+  </si>
+  <si>
+    <t>75,42</t>
+  </si>
+  <si>
+    <t>82,7</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>Vigo</t>
   </si>
   <si>
-    <t>47,36</t>
-[...23 lines deleted...]
-    <t>78,11</t>
+    <t>46,68</t>
+  </si>
+  <si>
+    <t>67,69</t>
+  </si>
+  <si>
+    <t>81,07</t>
+  </si>
+  <si>
+    <t>44,54</t>
+  </si>
+  <si>
+    <t>61,97</t>
+  </si>
+  <si>
+    <t>72,88</t>
+  </si>
+  <si>
+    <t>45,54</t>
+  </si>
+  <si>
+    <t>64,52</t>
+  </si>
+  <si>
+    <t>75,86</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>A Coruña</t>
   </si>
   <si>
-    <t>59,7</t>
-[...23 lines deleted...]
-    <t>84,94</t>
+    <t>58,64</t>
+  </si>
+  <si>
+    <t>77,9</t>
+  </si>
+  <si>
+    <t>86,84</t>
+  </si>
+  <si>
+    <t>72,86</t>
+  </si>
+  <si>
+    <t>81,15</t>
+  </si>
+  <si>
+    <t>58,23</t>
+  </si>
+  <si>
+    <t>75,11</t>
+  </si>
+  <si>
+    <t>83,25</t>
   </si>
   <si>
     <t>Lugo</t>
   </si>
   <si>
     <t>Ourense</t>
   </si>
   <si>
     <t>Pontevedra</t>
   </si>
   <si>
-    <t>49,63</t>
-[...23 lines deleted...]
-    <t>79,24</t>
+    <t>48,91</t>
+  </si>
+  <si>
+    <t>69,66</t>
+  </si>
+  <si>
+    <t>81,83</t>
+  </si>
+  <si>
+    <t>47,47</t>
+  </si>
+  <si>
+    <t>64,49</t>
+  </si>
+  <si>
+    <t>74,49</t>
+  </si>
+  <si>
+    <t>48,15</t>
+  </si>
+  <si>
+    <t>66,82</t>
+  </si>
+  <si>
+    <t>77,17</t>
   </si>
   <si>
     <t>Comunidade</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
-    <t>54,53</t>
-[...20 lines deleted...]
-    <t>82,57</t>
+    <t>53,78</t>
+  </si>
+  <si>
+    <t>74,24</t>
+  </si>
+  <si>
+    <t>84,77</t>
+  </si>
+  <si>
+    <t>53,11</t>
+  </si>
+  <si>
+    <t>69,69</t>
+  </si>
+  <si>
+    <t>79,1</t>
+  </si>
+  <si>
+    <t>53,43</t>
+  </si>
+  <si>
+    <t>71,75</t>
+  </si>
+  <si>
+    <t>81,21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2951,1345 +2951,1345 @@
       <c r="B68" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C68" s="1">
         <v>15</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>100</v>
       </c>
       <c r="E68" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H68" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I68" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J68" s="1" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1">
         <v>2025</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C69" s="1">
         <v>15</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>100</v>
       </c>
       <c r="E69" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H69" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J69" s="1" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="1">
         <v>2025</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C70" s="1">
         <v>15</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>100</v>
       </c>
       <c r="E70" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H70" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I70" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J70" s="1" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="1">
         <v>2025</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C71" s="1">
         <v>15</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>100</v>
       </c>
       <c r="E71" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H71" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I71" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J71" s="1" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="1">
         <v>2025</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C72" s="1">
         <v>15</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>100</v>
       </c>
       <c r="E72" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H72" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J72" s="1" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="1">
         <v>2025</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C73" s="1">
         <v>15</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>100</v>
       </c>
       <c r="E73" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H73" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J73" s="1" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="1">
         <v>2025</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C74" s="1">
         <v>27</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E74" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H74" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I74" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J74" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="1">
         <v>2025</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C75" s="1">
         <v>27</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H75" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I75" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J75" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1">
         <v>2025</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C76" s="1">
         <v>27</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E76" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H76" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I76" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J76" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1">
         <v>2025</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C77" s="1">
         <v>27</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E77" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H77" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I77" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J77" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="1">
         <v>2025</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C78" s="1">
         <v>27</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E78" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H78" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J78" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" s="1">
         <v>2025</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C79" s="1">
         <v>27</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E79" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G79" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H79" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I79" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J79" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" s="1">
         <v>2025</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C80" s="1">
         <v>27</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E80" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H80" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I80" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J80" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" s="1">
         <v>2025</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C81" s="1">
         <v>27</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E81" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H81" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I81" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J81" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" s="1">
         <v>2025</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C82" s="1">
         <v>27</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E82" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H82" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I82" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J82" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" s="1">
         <v>2025</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C83" s="1">
         <v>32</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E83" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H83" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J83" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" s="1">
         <v>2025</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C84" s="1">
         <v>32</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E84" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G84" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H84" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J84" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" s="1">
         <v>2025</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C85" s="1">
         <v>32</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E85" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H85" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J85" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" s="1">
         <v>2025</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C86" s="1">
         <v>32</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E86" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H86" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I86" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J86" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" s="1">
         <v>2025</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C87" s="1">
         <v>32</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E87" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H87" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I87" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J87" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="1">
         <v>2025</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C88" s="1">
         <v>32</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E88" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H88" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I88" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J88" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" s="1">
         <v>2025</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C89" s="1">
         <v>32</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E89" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H89" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I89" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J89" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" s="1">
         <v>2025</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C90" s="1">
         <v>32</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E90" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H90" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I90" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J90" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" s="1">
         <v>2025</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C91" s="1">
         <v>32</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E91" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H91" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I91" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J91" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" s="1">
         <v>2025</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C92" s="1">
         <v>36</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="E92" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H92" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J92" s="1" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" s="1">
         <v>2025</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C93" s="1">
         <v>36</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="E93" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H93" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I93" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J93" s="1" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="1">
         <v>2025</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C94" s="1">
         <v>36</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="E94" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H94" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J94" s="1" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" s="1">
         <v>2025</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C95" s="1">
         <v>36</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H95" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I95" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J95" s="1" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" s="1">
         <v>2025</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C96" s="1">
         <v>36</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="E96" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H96" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I96" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J96" s="1" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="1">
         <v>2025</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C97" s="1">
         <v>36</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="E97" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H97" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I97" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J97" s="1" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="1">
         <v>2025</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C98" s="1">
         <v>36</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="E98" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H98" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I98" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J98" s="1" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="1">
         <v>2025</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C99" s="1">
         <v>36</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="E99" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H99" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I99" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J99" s="1" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="1">
         <v>2025</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C100" s="1">
         <v>36</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="E100" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H100" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I100" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J100" s="1" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" s="1">
         <v>2025</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C101" s="1">
         <v>12</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="E101" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H101" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I101" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J101" s="1" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" s="1">
         <v>2025</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C102" s="1">
         <v>12</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="E102" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H102" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I102" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J102" s="1" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" s="1">
         <v>2025</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C103" s="1">
         <v>12</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="E103" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H103" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I103" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J103" s="1" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" s="1">
         <v>2025</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C104" s="1">
         <v>12</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="E104" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H104" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I104" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J104" s="1" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" s="1">
         <v>2025</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C105" s="1">
         <v>12</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="E105" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H105" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I105" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J105" s="1" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="1">
         <v>2025</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C106" s="1">
         <v>12</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="E106" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H106" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I106" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J106" s="1" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="1">
         <v>2025</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C107" s="1">
         <v>12</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="E107" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H107" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I107" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J107" s="1" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="1">
         <v>2025</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C108" s="1">
         <v>12</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="E108" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H108" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I108" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J108" s="1" t="s">
-        <v>50</v>
+        <v>130</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" s="1">
         <v>2025</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C109" s="1">
         <v>12</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="E109" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H109" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I109" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J109" s="1" t="s">
         <v>131</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>