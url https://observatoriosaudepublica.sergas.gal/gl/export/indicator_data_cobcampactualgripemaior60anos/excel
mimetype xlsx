--- v0 (2025-11-30)
+++ v1 (2026-03-10)
@@ -68,201 +68,201 @@
   <si>
     <t>Área sanitaria</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>A Coruña e Cee</t>
   </si>
   <si>
     <t>Homes</t>
   </si>
   <si>
     <t>Gripe</t>
   </si>
   <si>
     <t>60 ou máis anos</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>60 ou máis</t>
   </si>
   <si>
-    <t>64,48</t>
+    <t>71,91</t>
   </si>
   <si>
     <t>Mulleres</t>
   </si>
   <si>
-    <t>62,53</t>
+    <t>69,58</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>63,38</t>
+    <t>70,59</t>
   </si>
   <si>
     <t>FE</t>
   </si>
   <si>
     <t>Ferrol</t>
   </si>
   <si>
-    <t>57,26</t>
-[...5 lines deleted...]
-    <t>57,32</t>
+    <t>69,45</t>
+  </si>
+  <si>
+    <t>68,83</t>
+  </si>
+  <si>
+    <t>69,1</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lugo, A Mariña e Monforte de Lemos</t>
   </si>
   <si>
-    <t>59,99</t>
-[...5 lines deleted...]
-    <t>60,56</t>
+    <t>67,03</t>
+  </si>
+  <si>
+    <t>67,88</t>
+  </si>
+  <si>
+    <t>67,49</t>
   </si>
   <si>
     <t>OU</t>
   </si>
   <si>
     <t>Ourense, Verín e O Barco de Valdeorras</t>
   </si>
   <si>
-    <t>58,86</t>
-[...5 lines deleted...]
-    <t>59,34</t>
+    <t>68,79</t>
+  </si>
+  <si>
+    <t>68,17</t>
+  </si>
+  <si>
+    <t>68,44</t>
   </si>
   <si>
     <t>PO</t>
   </si>
   <si>
     <t>Pontevedra e O Salnés</t>
   </si>
   <si>
-    <t>56,86</t>
-[...5 lines deleted...]
-    <t>56,16</t>
+    <t>64,92</t>
+  </si>
+  <si>
+    <t>63,2</t>
+  </si>
+  <si>
+    <t>63,95</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Santiago de Compostela e Barbanza</t>
   </si>
   <si>
-    <t>59,03</t>
-[...2 lines deleted...]
-    <t>59,21</t>
+    <t>70,83</t>
+  </si>
+  <si>
+    <t>69,61</t>
+  </si>
+  <si>
+    <t>70,15</t>
+  </si>
+  <si>
+    <t>VI</t>
+  </si>
+  <si>
+    <t>Vigo</t>
+  </si>
+  <si>
+    <t>60,72</t>
+  </si>
+  <si>
+    <t>57,89</t>
   </si>
   <si>
     <t>59,13</t>
   </si>
   <si>
-    <t>VI</t>
-[...13 lines deleted...]
-  <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>A Coruña</t>
   </si>
   <si>
-    <t>61,43</t>
+    <t>71,26</t>
+  </si>
+  <si>
+    <t>69,5</t>
+  </si>
+  <si>
+    <t>70,27</t>
+  </si>
+  <si>
+    <t>Lugo</t>
+  </si>
+  <si>
+    <t>Ourense</t>
+  </si>
+  <si>
+    <t>Pontevedra</t>
+  </si>
+  <si>
+    <t>62,74</t>
   </si>
   <si>
     <t>60,5</t>
   </si>
   <si>
-    <t>60,91</t>
-[...17 lines deleted...]
-    <t>49,22</t>
+    <t>61,48</t>
   </si>
   <si>
     <t>Comunidade</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
-    <t>57,05</t>
-[...5 lines deleted...]
-    <t>56,87</t>
+    <t>67,6</t>
+  </si>
+  <si>
+    <t>66,18</t>
+  </si>
+  <si>
+    <t>66,81</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>